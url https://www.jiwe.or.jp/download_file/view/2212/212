--- v0 (2025-10-15)
+++ v1 (2026-01-29)
@@ -3,490 +3,594 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7C8B1840" w14:textId="77777777" w:rsidR="00E101E6" w:rsidRPr="00670D6F" w:rsidRDefault="00A41ED0" w:rsidP="00670D6F">
+    <w:p w14:paraId="370976BF" w14:textId="627F5D62" w:rsidR="00E101E6" w:rsidRPr="00670D6F" w:rsidRDefault="008E6672" w:rsidP="00670D6F">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00D23315">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>RA2401</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D23315">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41ED0" w:rsidRPr="008553C2">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>個人情報</w:t>
       </w:r>
-      <w:r w:rsidR="004F575E" w:rsidRPr="00670D6F">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="004F575E" w:rsidRPr="008553C2">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>開示等請求書</w:t>
       </w:r>
+      <w:r w:rsidR="008553C2" w:rsidRPr="008553C2">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>兼回答書</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7F2E3D77" w14:textId="77777777" w:rsidR="00BE2FB5" w:rsidRPr="00670D6F" w:rsidRDefault="00F24998" w:rsidP="00670D6F">
+    <w:p w14:paraId="011D5548" w14:textId="5198978A" w:rsidR="00BE2FB5" w:rsidRPr="00670D6F" w:rsidRDefault="0029169C" w:rsidP="00670D6F">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">公益財団法人21世紀職業財団　</w:t>
+        <w:t>公益財団法人21世紀職業財団</w:t>
       </w:r>
       <w:r w:rsidR="00BE2FB5" w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>御中</w:t>
+        <w:t xml:space="preserve">　御中</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1902"/>
         <w:gridCol w:w="3105"/>
         <w:gridCol w:w="4344"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F575E" w:rsidRPr="00670D6F" w14:paraId="5A63A9EF" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="004F575E" w:rsidRPr="00670D6F" w14:paraId="2102C7AC" w14:textId="77777777" w:rsidTr="00963239">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1902" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF905ED" w14:textId="77777777" w:rsidR="004F575E" w:rsidRPr="00670D6F" w:rsidRDefault="004F575E" w:rsidP="00670D6F">
+          <w:p w14:paraId="5D5D611A" w14:textId="77777777" w:rsidR="004F575E" w:rsidRPr="00670D6F" w:rsidRDefault="004F575E" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>請求内容</w:t>
             </w:r>
             <w:r w:rsidR="009E69CF">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidR="009E69CF">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>☑</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7449" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0B652D24" w14:textId="77777777" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="004F575E" w:rsidP="00670D6F">
+          <w:p w14:paraId="62631A41" w14:textId="373040AA" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="004F575E" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="003159D0" w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>開示</w:t>
             </w:r>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">　　□</w:t>
-[...7 lines deleted...]
-              <w:t>利用目的の通知</w:t>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="0012641A" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidR="0012641A">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>第三者提供記録</w:t>
+            </w:r>
+            <w:r w:rsidR="00C65848">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>の開示</w:t>
+            </w:r>
+            <w:r w:rsidR="0012641A">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidR="003159D0" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>利用目的の通知（左記は手数料</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC783A" w:rsidRPr="00AC783A">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>をお支払い願います</w:t>
+            </w:r>
+            <w:r w:rsidR="003159D0" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="438181F7" w14:textId="77777777" w:rsidR="004F575E" w:rsidRPr="00670D6F" w:rsidRDefault="004F575E" w:rsidP="00670D6F">
+          <w:p w14:paraId="0EF325EE" w14:textId="77777777" w:rsidR="004F575E" w:rsidRPr="00670D6F" w:rsidRDefault="004F575E" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">□訂正　</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FD369B" w:rsidRPr="00670D6F">
+              <w:t>□訂正　□追加　□削除　□利用停止　□提供拒否</w:t>
+            </w:r>
+            <w:r w:rsidR="0012641A">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>（左記は無料で対応します）</w:t>
+            </w:r>
+            <w:r w:rsidR="0000532D" w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
-            <w:r w:rsidRPr="00670D6F">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">　□その他</w:t>
+            <w:r w:rsidR="00134703">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003159D0" w:rsidRPr="00670D6F" w14:paraId="11023E38" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="003159D0" w:rsidRPr="00670D6F" w14:paraId="0B806B23" w14:textId="77777777" w:rsidTr="00963239">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1902" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C7B216C" w14:textId="77777777" w:rsidR="00D92FA6" w:rsidRPr="00670D6F" w:rsidRDefault="00D92FA6" w:rsidP="00670D6F">
+          <w:p w14:paraId="02B2CB68" w14:textId="77777777" w:rsidR="00D92FA6" w:rsidRPr="00670D6F" w:rsidRDefault="00D92FA6" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>（フリガナ）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5ABDFFC7" w14:textId="77777777" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="003159D0" w:rsidP="00670D6F">
+          <w:p w14:paraId="203217EB" w14:textId="77777777" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="003159D0" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>氏　名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3105" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="460A6370" w14:textId="77777777" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="003159D0" w:rsidP="00670D6F">
+          <w:p w14:paraId="3CCC629F" w14:textId="77777777" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="003159D0" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="179599FB" w14:textId="77777777" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="003159D0" w:rsidP="00670D6F">
+          <w:p w14:paraId="07F04CD9" w14:textId="77777777" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="003159D0" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>請求日：</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6140E0F0" w14:textId="77777777" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="003159D0" w:rsidP="00637412">
+          <w:p w14:paraId="28C0E791" w14:textId="0AD5B882" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="003159D0" w:rsidP="00637412">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">　　２０</w:t>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+            <w:r w:rsidR="0062237E">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00637412">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">　　年　　月　　日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003159D0" w:rsidRPr="00670D6F" w14:paraId="18747C05" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="003159D0" w:rsidRPr="00670D6F" w14:paraId="2407DBA8" w14:textId="77777777" w:rsidTr="00963239">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1902" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E199475" w14:textId="77777777" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="003159D0" w:rsidP="00670D6F">
+          <w:p w14:paraId="589ADFCD" w14:textId="77777777" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="003159D0" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>住　所</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7449" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="56610320" w14:textId="77777777" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="003159D0" w:rsidP="00670D6F">
+          <w:p w14:paraId="48889D41" w14:textId="77777777" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="003159D0" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>〒</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62C1CC6C" w14:textId="77777777" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="003159D0" w:rsidP="00670D6F">
+          <w:p w14:paraId="3C05A207" w14:textId="77777777" w:rsidR="003159D0" w:rsidRPr="00670D6F" w:rsidRDefault="003159D0" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3FCC375B" w14:textId="77777777" w:rsidR="007F2AF6" w:rsidRPr="00670D6F" w:rsidRDefault="007F2AF6" w:rsidP="00670D6F">
+          <w:p w14:paraId="3F25B119" w14:textId="77777777" w:rsidR="007F2AF6" w:rsidRPr="00503725" w:rsidRDefault="007F2AF6" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
-                <w:szCs w:val="21"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00670D6F">
-[...4 lines deleted...]
-              <w:t>TEL：　　　　　　　　　　　　FAX：</w:t>
+            <w:r w:rsidRPr="00503725">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEL：　　　　　　　　</w:t>
+            </w:r>
+            <w:r w:rsidR="00503725" w:rsidRPr="00503725">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>メールアドレス</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00503725">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>：</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE3343" w:rsidRPr="00670D6F" w14:paraId="5FF600C4" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="00AE3343" w:rsidRPr="00670D6F" w14:paraId="7FB5B6D0" w14:textId="77777777" w:rsidTr="00963239">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1902" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47C69D1D" w14:textId="77777777" w:rsidR="00AE3343" w:rsidRPr="00670D6F" w:rsidRDefault="003C4FFB" w:rsidP="00670D6F">
+          <w:p w14:paraId="5C82921F" w14:textId="77777777" w:rsidR="00AE3343" w:rsidRPr="00670D6F" w:rsidRDefault="003C4FFB" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidR="00AE3343" w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -517,103 +621,103 @@
               <w:t>きっかけ</w:t>
             </w:r>
             <w:r w:rsidR="009E69CF">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidR="009E69CF">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>☑</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7449" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="29863E73" w14:textId="77777777" w:rsidR="007F2AF6" w:rsidRPr="00670D6F" w:rsidRDefault="007F2AF6" w:rsidP="00670D6F">
+          <w:p w14:paraId="182CA427" w14:textId="77777777" w:rsidR="007F2AF6" w:rsidRPr="00670D6F" w:rsidRDefault="007F2AF6" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>□面接　　　□採用　　　□</w:t>
-[...7 lines deleted...]
-              <w:t>セミナー受講</w:t>
+              <w:t xml:space="preserve">□面接　　　□採用　　　□発注　　</w:t>
+            </w:r>
+            <w:r w:rsidR="0012641A">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
             </w:r>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">　　　□</w:t>
+              <w:t xml:space="preserve">　□</w:t>
             </w:r>
             <w:r w:rsidR="0000532D" w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ユーザ登録</w:t>
             </w:r>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">　　　</w:t>
+              <w:t xml:space="preserve">　　□保証書　</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E167E3F" w14:textId="791F6C44" w:rsidR="00AE3343" w:rsidRPr="00670D6F" w:rsidRDefault="007F2AF6" w:rsidP="00670D6F">
+          <w:p w14:paraId="03A22D6F" w14:textId="77777777" w:rsidR="00AE3343" w:rsidRPr="00670D6F" w:rsidRDefault="007F2AF6" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="0000532D" w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>メールマガジン</w:t>
             </w:r>
@@ -627,593 +731,852 @@
             </w:r>
             <w:r w:rsidR="0000532D" w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>アンケート</w:t>
             </w:r>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　□</w:t>
             </w:r>
             <w:r w:rsidR="0000532D" w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>その他</w:t>
             </w:r>
-            <w:r w:rsidR="00C66131">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0000532D" w:rsidRPr="00670D6F" w14:paraId="77470689" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="0000532D" w:rsidRPr="00670D6F" w14:paraId="6E304AB8" w14:textId="77777777" w:rsidTr="00963239">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1902" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B883CC9" w14:textId="77777777" w:rsidR="0000532D" w:rsidRPr="00670D6F" w:rsidRDefault="0000532D" w:rsidP="00670D6F">
+          <w:p w14:paraId="7933524E" w14:textId="77777777" w:rsidR="0000532D" w:rsidRPr="00670D6F" w:rsidRDefault="0000532D" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>請求の内容</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3490E634" w14:textId="77777777" w:rsidR="0000532D" w:rsidRPr="00670D6F" w:rsidRDefault="0000532D" w:rsidP="00670D6F">
+          <w:p w14:paraId="40E96735" w14:textId="77777777" w:rsidR="0000532D" w:rsidRPr="00670D6F" w:rsidRDefault="0000532D" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>（具体的に）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35DC240B" w14:textId="77777777" w:rsidR="00FD369B" w:rsidRPr="00670D6F" w:rsidRDefault="00FD369B" w:rsidP="00670D6F">
+          <w:p w14:paraId="5529333F" w14:textId="77777777" w:rsidR="00FD369B" w:rsidRPr="00670D6F" w:rsidRDefault="00FD369B" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>添付書類：</w:t>
             </w:r>
             <w:r w:rsidR="009E69CF">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>☑</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="595F9AF4" w14:textId="77777777" w:rsidR="00FD369B" w:rsidRPr="00670D6F" w:rsidRDefault="00FD369B" w:rsidP="00670D6F">
+          <w:p w14:paraId="289FCD4F" w14:textId="77777777" w:rsidR="00FD369B" w:rsidRPr="00670D6F" w:rsidRDefault="00FD369B" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>□なし　□あり</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7449" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="43C85E21" w14:textId="77777777" w:rsidR="003C4FFB" w:rsidRPr="00670D6F" w:rsidRDefault="003C4FFB" w:rsidP="00670D6F">
+          <w:p w14:paraId="159405E0" w14:textId="77777777" w:rsidR="00B4737C" w:rsidRDefault="00B4737C" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="78CFE982" w14:textId="77777777" w:rsidR="00D34D30" w:rsidRPr="00670D6F" w:rsidRDefault="002806BF" w:rsidP="00382E50">
+          <w:p w14:paraId="6AB2225D" w14:textId="77777777" w:rsidR="00B4737C" w:rsidRPr="00670D6F" w:rsidRDefault="00B4737C" w:rsidP="00670D6F">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="155EBAC8" w14:textId="0200A45B" w:rsidR="002806BF" w:rsidRPr="00670D6F" w:rsidRDefault="002806BF" w:rsidP="00B15EE0">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="160" w:hangingChars="100" w:hanging="160"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
-                <w:sz w:val="16"/>
-[...59 lines deleted...]
-                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
-                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>※代理人からのご請求については、次ページ</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>※</w:t>
+            </w:r>
+            <w:r w:rsidR="006F68A7" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>記載</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>訂正の場合は訂正前、訂正後を</w:t>
+            </w:r>
+            <w:r w:rsidR="001C686D" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>の書類をご提出ください。</w:t>
+              <w:t>ご記入ください</w:t>
+            </w:r>
+            <w:r w:rsidR="00D34D30" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>。</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00D34D30" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>訂正・削除の場合は、住民票などの証明書の提出をお願いすることがあります。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0000532D" w:rsidRPr="00670D6F" w14:paraId="3C8993AD" w14:textId="77777777" w:rsidTr="00F24998">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="0000532D" w:rsidRPr="00670D6F" w14:paraId="25C96412" w14:textId="77777777" w:rsidTr="00963239">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1902" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AD2AE1A" w14:textId="77777777" w:rsidR="0000532D" w:rsidRPr="00670D6F" w:rsidRDefault="006F68A7" w:rsidP="00670D6F">
+          <w:p w14:paraId="4DAF5A4C" w14:textId="77777777" w:rsidR="0000532D" w:rsidRPr="00670D6F" w:rsidRDefault="00503725" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00670D6F">
-[...5 lines deleted...]
-              <w:t>回答連絡希望</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>回答手段の</w:t>
+            </w:r>
+            <w:r w:rsidR="006F68A7" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>希望</w:t>
             </w:r>
             <w:r w:rsidR="009E69CF">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
             <w:r w:rsidR="009E69CF">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>☑</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7449" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7F6E10DB" w14:textId="77777777" w:rsidR="007F2AF6" w:rsidRPr="00670D6F" w:rsidRDefault="007F2AF6" w:rsidP="00F24998">
+          <w:p w14:paraId="5B27ED59" w14:textId="1A0778FD" w:rsidR="007F2AF6" w:rsidRPr="00A30A62" w:rsidRDefault="007F2AF6" w:rsidP="00C709EC">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
-              <w:jc w:val="left"/>
-[...2 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A30A62">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidR="006F68A7" w:rsidRPr="00A30A62">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>郵送</w:t>
+            </w:r>
+            <w:r w:rsidR="00503725" w:rsidRPr="00A30A62">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　□メール　□</w:t>
+            </w:r>
+            <w:r w:rsidR="0029169C">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>FAX</w:t>
+            </w:r>
+            <w:r w:rsidR="00670D6F" w:rsidRPr="00A30A62">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0000532D" w:rsidRPr="00670D6F" w14:paraId="538E8240" w14:textId="77777777" w:rsidTr="00963239">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A10E03B" w14:textId="77777777" w:rsidR="0000532D" w:rsidRPr="00670D6F" w:rsidRDefault="006F68A7" w:rsidP="00145F97">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
-                <w:sz w:val="20"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>手数料</w:t>
+            </w:r>
+            <w:r w:rsidR="003159D0" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A41ED0" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00145F97">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE0E42" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidR="003159D0" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>円</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7449" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3476FB2B" w14:textId="77777777" w:rsidR="003C4FFB" w:rsidRPr="00670D6F" w:rsidRDefault="00FD369B" w:rsidP="00670D6F">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
-                <w:sz w:val="20"/>
-[...26 lines deleted...]
-              <w:t xml:space="preserve">　　　</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">開示、利用目的の通知請求のみ：　</w:t>
+            </w:r>
+            <w:r w:rsidR="003159D0" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>□切手</w:t>
+            </w:r>
+            <w:r w:rsidR="003C4FFB" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>同封</w:t>
+            </w:r>
+            <w:r w:rsidR="00D92FA6" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　□持参</w:t>
+            </w:r>
+            <w:r w:rsidR="003C4FFB" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidR="007E4CD6" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>□銀行振込</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w14:paraId="6D48BB61" w14:textId="77777777" w:rsidTr="00963239">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B345C7C" w14:textId="77777777" w:rsidR="00B15EE0" w:rsidRDefault="00B15EE0" w:rsidP="00145F97">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3352D">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>代理人からの</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ご</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3352D">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>請求の場合</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41531688" w14:textId="78CFD7B2" w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="00145F97">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>※</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7449" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="666ACD09" w14:textId="77777777" w:rsidR="00B15EE0" w:rsidRDefault="00B15EE0" w:rsidP="00670D6F">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15EE0">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>以下のいずれかの文書をご提出ください。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DDDADF3" w14:textId="77777777" w:rsidR="00B15EE0" w:rsidRPr="00D3352D" w:rsidRDefault="00B15EE0" w:rsidP="00B15EE0">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="120" w:left="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3352D">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a)　運転免許証、パスポート等の写真の写し（代理人の名前・住所が記載されたもの）</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C6721C2" w14:textId="77777777" w:rsidR="00B15EE0" w:rsidRPr="00D3352D" w:rsidRDefault="00B15EE0" w:rsidP="00B15EE0">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="120" w:left="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3352D">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>b)　住民票の写し（開示等の求めをする日の前30日以内に作成されたもの）</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B87118E" w14:textId="77777777" w:rsidR="00B15EE0" w:rsidRPr="00D3352D" w:rsidRDefault="00B15EE0" w:rsidP="00B15EE0">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="120" w:left="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3352D">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>c)　代理人が弁護士の場合は、登録番号のわかる書類</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B94247E" w14:textId="27B934A7" w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="00B15EE0">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:ind w:leftChars="120" w:left="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D3352D">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>d)　本人による代理を示す旨の、委任状</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="04F31FE7" w14:textId="77777777" w:rsidR="00670D6F" w:rsidRDefault="007823FB" w:rsidP="00670D6F">
+    <w:p w14:paraId="1D27C517" w14:textId="4599F5BE" w:rsidR="00670D6F" w:rsidRDefault="007823FB" w:rsidP="00670D6F">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002161F9">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>記</w:t>
       </w:r>
       <w:r w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>入された個人情報は、お問い合わせの回答の目的のみに利用致します。</w:t>
       </w:r>
       <w:r w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00E376DB" w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>この用紙に、</w:t>
       </w:r>
-      <w:r w:rsidR="00210A91">
+      <w:r w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>当財団</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00670D6F">
+        <w:t>当社がお預かりしている以外の個人情報を記入された場合は、</w:t>
+      </w:r>
+      <w:r w:rsidR="00830B13" w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>がお預かりしている以外の個人情報を記入された場合は、</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00830B13" w:rsidRPr="00670D6F">
+        <w:t>回答後に</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>回答後に</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00670D6F">
+        <w:t>速やかに削除致します。</w:t>
+      </w:r>
+      <w:r w:rsidR="00172971" w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:u w:val="single"/>
-[...7 lines deleted...]
-          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E1BA267" w14:textId="77777777" w:rsidR="007823FB" w:rsidRPr="00670D6F" w:rsidRDefault="00172971" w:rsidP="00670D6F">
+    <w:p w14:paraId="19C0D627" w14:textId="77777777" w:rsidR="007823FB" w:rsidRPr="00670D6F" w:rsidRDefault="00172971" w:rsidP="00670D6F">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">　　</w:t>
       </w:r>
       <w:r w:rsidR="002806BF" w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　</w:t>
       </w:r>
       <w:r w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0532402F" w14:textId="77777777" w:rsidR="00EF0097" w:rsidRPr="00670D6F" w:rsidRDefault="00CE2070" w:rsidP="00C709EC">
+    <w:p w14:paraId="15E464FF" w14:textId="77777777" w:rsidR="00EF0097" w:rsidRPr="00670D6F" w:rsidRDefault="00CE2070" w:rsidP="00C709EC">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">・・・・・・・・・　　</w:t>
       </w:r>
-      <w:r w:rsidR="00EF0097" w:rsidRPr="00670D6F">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00EF0097" w:rsidRPr="008553C2">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>開示等請求に関する回答書</w:t>
       </w:r>
       <w:r w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>（以下</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">記入欄）　</w:t>
+        <w:t xml:space="preserve">（以下弊社記入欄）　</w:t>
       </w:r>
       <w:r w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>・・・・・・・・・</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73D4FACD" w14:textId="77777777" w:rsidR="00FD369B" w:rsidRPr="00670D6F" w:rsidRDefault="00EF0097" w:rsidP="00670D6F">
+    <w:p w14:paraId="76034168" w14:textId="77777777" w:rsidR="00FD369B" w:rsidRPr="00670D6F" w:rsidRDefault="00EF0097" w:rsidP="00670D6F">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　</w:t>
       </w:r>
       <w:r w:rsidR="00172971" w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
@@ -1227,3161 +1590,3371 @@
       <w:r w:rsidR="001C686D" w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9370" w:type="dxa"/>
         <w:tblInd w:w="-13" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="727"/>
-        <w:gridCol w:w="2116"/>
+        <w:gridCol w:w="1691"/>
         <w:gridCol w:w="992"/>
-        <w:gridCol w:w="709"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1849"/>
+        <w:gridCol w:w="1131"/>
+        <w:gridCol w:w="1869"/>
+        <w:gridCol w:w="2109"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00963239" w:rsidRPr="00670D6F" w14:paraId="4766CBD1" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="0012641A" w:rsidRPr="00670D6F" w14:paraId="6DCBAED0" w14:textId="77777777" w:rsidTr="00A30A62">
+        <w:trPr>
+          <w:trHeight w:val="303"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1578" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA67F5C" w14:textId="77777777" w:rsidR="00963239" w:rsidRPr="00670D6F" w:rsidRDefault="00963239" w:rsidP="00670D6F">
+          <w:p w14:paraId="75F12A84" w14:textId="77777777" w:rsidR="0012641A" w:rsidRPr="00670D6F" w:rsidRDefault="0012641A" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>受付番号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2116" w:type="dxa"/>
+            <w:tcW w:w="1691" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A70D40D" w14:textId="77777777" w:rsidR="00963239" w:rsidRPr="00670D6F" w:rsidRDefault="00963239" w:rsidP="00670D6F">
+          <w:p w14:paraId="3FF8EDFC" w14:textId="77777777" w:rsidR="0012641A" w:rsidRPr="00670D6F" w:rsidRDefault="0012641A" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4583B237" w14:textId="77777777" w:rsidR="00963239" w:rsidRPr="00670D6F" w:rsidRDefault="00963239" w:rsidP="00C709EC">
-[...58 lines deleted...]
-          <w:p w14:paraId="31581838" w14:textId="77777777" w:rsidR="00963239" w:rsidRPr="00670D6F" w:rsidRDefault="00963239" w:rsidP="00670D6F">
+          <w:p w14:paraId="4BCEA2E7" w14:textId="77777777" w:rsidR="0012641A" w:rsidRPr="00670D6F" w:rsidRDefault="0012641A" w:rsidP="00503725">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>回答方法</w:t>
+              <w:t>回答</w:t>
+            </w:r>
+            <w:r w:rsidR="00A30A62">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>手段</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1849" w:type="dxa"/>
+            <w:tcW w:w="5109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA5EC4B" w14:textId="77777777" w:rsidR="00963239" w:rsidRPr="00963239" w:rsidRDefault="00963239" w:rsidP="00670D6F">
+          <w:p w14:paraId="514C6743" w14:textId="606DAF68" w:rsidR="0012641A" w:rsidRDefault="0012641A" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00963239">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>□郵送　□メール</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　□</w:t>
+            </w:r>
+            <w:r w:rsidR="0029169C">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>FAX</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B224C07" w14:textId="77777777" w:rsidR="0012641A" w:rsidRPr="00963239" w:rsidRDefault="0012641A" w:rsidP="00670D6F">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ご指定の</w:t>
+            </w:r>
+            <w:r w:rsidR="00A30A62">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>回答手段</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>でない</w:t>
+            </w:r>
+            <w:r w:rsidR="00A30A62">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>場合の</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>理由：</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD369B" w:rsidRPr="00670D6F" w14:paraId="5350275C" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="0012641A" w:rsidRPr="00670D6F" w14:paraId="2F52AD32" w14:textId="77777777" w:rsidTr="00A30A62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1578" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DA5F135" w14:textId="77777777" w:rsidR="00FD369B" w:rsidRPr="00670D6F" w:rsidRDefault="00FD369B" w:rsidP="00670D6F">
+          <w:p w14:paraId="39FE4E95" w14:textId="77777777" w:rsidR="0012641A" w:rsidRPr="00670D6F" w:rsidRDefault="0012641A" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ご本人確認方法</w:t>
+              <w:t>回答日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7792" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="1691" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="722367C0" w14:textId="77777777" w:rsidR="00FD369B" w:rsidRPr="00670D6F" w:rsidRDefault="00FD369B" w:rsidP="009E69CF">
+          <w:p w14:paraId="6C198F0E" w14:textId="77777777" w:rsidR="0012641A" w:rsidRPr="00670D6F" w:rsidRDefault="0012641A" w:rsidP="009E69CF">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00670D6F">
-[...54 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00963239">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20　年　月　日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2B91FFA0" w14:textId="77777777" w:rsidR="0012641A" w:rsidRPr="00670D6F" w:rsidRDefault="0012641A" w:rsidP="00503725">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1B087A90" w14:textId="77777777" w:rsidR="0012641A" w:rsidRPr="00670D6F" w:rsidRDefault="0012641A" w:rsidP="00503725">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD369B" w:rsidRPr="00670D6F" w14:paraId="6FE3DA3D" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w14:paraId="7D51AC94" w14:textId="77777777" w:rsidTr="00D5119C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1578" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4502E2F1" w14:textId="77777777" w:rsidR="00FD369B" w:rsidRPr="00670D6F" w:rsidRDefault="00FD369B" w:rsidP="00670D6F">
+          <w:p w14:paraId="325D1458" w14:textId="624C664D" w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>回答内容</w:t>
+              <w:t>ご本人確認方法</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="1AC90E52" w14:textId="77777777" w:rsidR="00CE2070" w:rsidRPr="00670D6F" w:rsidRDefault="00CE2070" w:rsidP="00670D6F">
+          <w:p w14:paraId="37E23D2D" w14:textId="25616ED9" w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="009E69CF">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>登録データとの照合</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="2E37204E" w14:textId="77777777" w:rsidR="00CE2070" w:rsidRPr="00670D6F" w:rsidRDefault="00CE2070" w:rsidP="00670D6F">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0012641A" w:rsidRPr="00670D6F" w14:paraId="5AA33110" w14:textId="77777777" w:rsidTr="00D5119C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1578" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11CB2A90" w14:textId="513EA8B3" w:rsidR="0012641A" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>代理人</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>確認方法</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="13DF12E0" w14:textId="77777777" w:rsidR="00FD369B" w:rsidRPr="00670D6F" w:rsidRDefault="00FD369B" w:rsidP="00670D6F">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7792" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A2C9028" w14:textId="21437055" w:rsidR="0012641A" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="009E69CF">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">（※参照）　　　</w:t>
+            </w:r>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>添付文書：□なし　　　□あり：</w:t>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D3352D">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a)　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidR="0012641A" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ｂ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)  </w:t>
+            </w:r>
+            <w:r w:rsidR="0012641A" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> □</w:t>
+            </w:r>
+            <w:r w:rsidR="0012641A" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ｃ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="0012641A" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidR="0012641A" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ｄ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D92FA6" w:rsidRPr="00670D6F" w14:paraId="2A3DF46C" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="00FD369B" w:rsidRPr="00670D6F" w14:paraId="75F66A19" w14:textId="77777777" w:rsidTr="00963239">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1578" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="419E072F" w14:textId="77777777" w:rsidR="00FD369B" w:rsidRPr="00670D6F" w:rsidRDefault="00FD369B" w:rsidP="00670D6F">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>回答内容</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7792" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="66865DC7" w14:textId="1F42AB6C" w:rsidR="00CE2070" w:rsidRDefault="00CE2070" w:rsidP="00670D6F">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BB70408" w14:textId="172290C8" w:rsidR="00D50F67" w:rsidRDefault="00D50F67" w:rsidP="00670D6F">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5902651A" w14:textId="4BED70A9" w:rsidR="00B15EE0" w:rsidRDefault="00B15EE0" w:rsidP="00670D6F">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F07D18B" w14:textId="77777777" w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="00670D6F">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BC894FA" w14:textId="77777777" w:rsidR="00CE2070" w:rsidRPr="00670D6F" w:rsidRDefault="00CE2070" w:rsidP="00670D6F">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6908140F" w14:textId="77777777" w:rsidR="00FD369B" w:rsidRPr="00670D6F" w:rsidRDefault="00685A98" w:rsidP="00670D6F">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="280" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>別紙</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD369B" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>：□なし　　　□あり：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w14:paraId="2AD905E9" w14:textId="77777777" w:rsidTr="002327CC">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1578" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13383F36" w14:textId="77777777" w:rsidR="009E69CF" w:rsidRPr="0025306B" w:rsidRDefault="002161F9" w:rsidP="0022336A">
+          <w:p w14:paraId="3420F9C0" w14:textId="46B0CC2F" w:rsidR="00B15EE0" w:rsidRPr="00B15EE0" w:rsidRDefault="00B15EE0" w:rsidP="00D50F67">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
-              <w:ind w:firstLineChars="100" w:firstLine="180"/>
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025306B">
-[...33 lines deleted...]
-              <w:t>理由</w:t>
+            <w:r w:rsidRPr="00B15EE0">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>回答できない場合</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B15EE0">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>の理由</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="228E1F8C" w14:textId="712BB08D" w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="00E16360">
+            <w:pPr>
+              <w:adjustRightInd w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>次ページ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>（☑）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8519" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="7792" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FDDC791" w14:textId="77777777" w:rsidR="00D92FA6" w:rsidRPr="00670D6F" w:rsidRDefault="00D92FA6" w:rsidP="00E16360">
+          <w:p w14:paraId="415D141A" w14:textId="49B159D4" w:rsidR="00B15EE0" w:rsidRPr="00C94F7B" w:rsidRDefault="00B15EE0" w:rsidP="00E16360">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>□登録がありません。　　□ご本人のデータが確認できません。</w:t>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637412">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637412">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C65848" w:rsidRPr="00C65848">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>法令：</w:t>
+            </w:r>
+            <w:r w:rsidR="00F5683E">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>法令の</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002161F9">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>規定により特別の手続きが定められてい</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ます。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0022336A" w:rsidRPr="00670D6F" w14:paraId="5E85F588" w14:textId="77777777" w:rsidTr="00963239">
-[...54 lines deleted...]
-      <w:tr w:rsidR="00D92FA6" w:rsidRPr="00670D6F" w14:paraId="133C3517" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w14:paraId="0E96B34B" w14:textId="77777777" w:rsidTr="002327CC">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1578" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54293DD1" w14:textId="77777777" w:rsidR="00D92FA6" w:rsidRPr="0025306B" w:rsidRDefault="00D92FA6" w:rsidP="00E16360">
-[...175 lines deleted...]
-          <w:p w14:paraId="71FC7C5D" w14:textId="77777777" w:rsidR="00670D6F" w:rsidRPr="00670D6F" w:rsidRDefault="00670D6F" w:rsidP="00670D6F">
+          <w:p w14:paraId="1F1B5B63" w14:textId="77777777" w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E3BDDA3" w14:textId="77777777" w:rsidR="00670D6F" w:rsidRPr="00670D6F" w:rsidRDefault="00670D6F" w:rsidP="00E16360">
+          <w:p w14:paraId="778D9B96" w14:textId="094D5458" w:rsidR="00B15EE0" w:rsidRPr="00C65848" w:rsidRDefault="00B15EE0" w:rsidP="00E16360">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637412">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
-[...14 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00637412" w:rsidRPr="00637412">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+            <w:r w:rsidRPr="00637412">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">：次ページの　</w:t>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="0062237E">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>：</w:t>
             </w:r>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>a)、ｂ）、ｃ）</w:t>
-[...31 lines deleted...]
-              <w:t>e)</w:t>
+              <w:t>□a)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C65848" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>、□ｂ）、□ｃ）、□</w:t>
+            </w:r>
+            <w:r w:rsidR="00C65848">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00C65848" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>）</w:t>
+            </w:r>
+            <w:r w:rsidR="00C65848" w:rsidRPr="00C65848">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>https://www.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D92FA6" w:rsidRPr="00670D6F" w14:paraId="51AE300F" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w14:paraId="396FCE36" w14:textId="77777777" w:rsidTr="002327CC">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1578" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="395A699E" w14:textId="77777777" w:rsidR="00D92FA6" w:rsidRPr="0025306B" w:rsidRDefault="00D92FA6" w:rsidP="00670D6F">
-[...20 lines deleted...]
-          <w:p w14:paraId="5C92A112" w14:textId="77777777" w:rsidR="00D92FA6" w:rsidRPr="00670D6F" w:rsidRDefault="00D92FA6" w:rsidP="00670D6F">
+          <w:p w14:paraId="25BC805E" w14:textId="77777777" w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="003A251B" w14:textId="77777777" w:rsidR="00D92FA6" w:rsidRPr="00670D6F" w:rsidRDefault="00DF5E6E" w:rsidP="00300E8B">
+          <w:p w14:paraId="4B954B1F" w14:textId="375BD7A2" w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="00E16360">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637412">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637412">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>□</w:t>
-[...47 lines deleted...]
-              <w:t>a)、ｂ）、ｃ）</w:t>
+              <w:t>□a)、□ｂ）、□ｃ）</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC459A" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>、□</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC459A">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC459A" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>）、□</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC459A">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC459A" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>）、□</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC459A">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC459A" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD2CB3" w:rsidRPr="00670D6F" w14:paraId="0B83FE33" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w14:paraId="4B5FD842" w14:textId="77777777" w:rsidTr="002327CC">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1578" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22769295" w14:textId="77777777" w:rsidR="00AD2CB3" w:rsidRPr="0025306B" w:rsidRDefault="00AD2CB3" w:rsidP="00670D6F">
-[...20 lines deleted...]
-          <w:p w14:paraId="39E22BE8" w14:textId="77777777" w:rsidR="00AD2CB3" w:rsidRPr="00670D6F" w:rsidRDefault="00AD2CB3" w:rsidP="00670D6F">
+          <w:p w14:paraId="6272EFC7" w14:textId="77777777" w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34BB2B97" w14:textId="77777777" w:rsidR="00AD2CB3" w:rsidRPr="00670D6F" w:rsidRDefault="00AD2CB3" w:rsidP="00300E8B">
+          <w:p w14:paraId="6E659DB3" w14:textId="619741E5" w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="00300E8B">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidR="00637412" w:rsidRPr="00637412">
+            <w:r w:rsidRPr="00637412">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00963239">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00637412" w:rsidRPr="00637412">
+            <w:r w:rsidRPr="00637412">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3.4.4</w:t>
-[...31 lines deleted...]
-              <w:t>）</w:t>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>理由：</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D92FA6" w:rsidRPr="00670D6F" w14:paraId="6C2F26AB" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w14:paraId="7E2DAB75" w14:textId="77777777" w:rsidTr="002327CC">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="1578" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61BBA2CC" w14:textId="77777777" w:rsidR="00D92FA6" w:rsidRPr="0025306B" w:rsidRDefault="00D92FA6" w:rsidP="00670D6F">
-[...20 lines deleted...]
-          <w:p w14:paraId="766155C1" w14:textId="77777777" w:rsidR="00D92FA6" w:rsidRPr="00670D6F" w:rsidRDefault="00D92FA6" w:rsidP="00670D6F">
+          <w:p w14:paraId="5D8DA186" w14:textId="77777777" w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7792" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F23D1AA" w14:textId="77777777" w:rsidR="00D92FA6" w:rsidRPr="00670D6F" w:rsidRDefault="00DF5E6E" w:rsidP="00E16360">
+          <w:p w14:paraId="1D7A76D6" w14:textId="1E5F0DE0" w:rsidR="00B15EE0" w:rsidRPr="00670D6F" w:rsidRDefault="00B15EE0" w:rsidP="00E16360">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidR="00637412" w:rsidRPr="00637412">
+            <w:r w:rsidRPr="00637412">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00963239">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00637412" w:rsidRPr="00637412">
+            <w:r w:rsidRPr="00637412">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="003E7927" w:rsidRPr="00670D6F">
-[...21 lines deleted...]
-              <w:t>a)、ｂ）、ｃ）</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00570BE2">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>□a)、□ｂ）、□ｃ）</w:t>
+            </w:r>
+            <w:r w:rsidR="00C65848" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>、□</w:t>
+            </w:r>
+            <w:r w:rsidR="00C65848">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00C65848" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>）</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C686D" w:rsidRPr="00670D6F" w14:paraId="5287A06E" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="001C686D" w:rsidRPr="00670D6F" w14:paraId="0687A201" w14:textId="77777777" w:rsidTr="00963239">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67EB6C00" w14:textId="77777777" w:rsidR="001C686D" w:rsidRPr="0025306B" w:rsidRDefault="00DD2688" w:rsidP="00AD2CB3">
+          <w:p w14:paraId="39179ECA" w14:textId="77777777" w:rsidR="001C686D" w:rsidRPr="00670D6F" w:rsidRDefault="00DD2688" w:rsidP="00AD2CB3">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025306B">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>手数料</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8519" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="4D9B1BD5" w14:textId="13615682" w:rsidR="001C686D" w:rsidRPr="0025306B" w:rsidRDefault="00DD2688" w:rsidP="00C66131">
+          <w:p w14:paraId="5A338BD0" w14:textId="77777777" w:rsidR="001C686D" w:rsidRPr="00670D6F" w:rsidRDefault="00DD2688" w:rsidP="00C65848">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="240" w:lineRule="atLeast"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+              <w:ind w:firstLineChars="400" w:firstLine="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0025306B">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">□無料　</w:t>
             </w:r>
-            <w:r w:rsidR="003C4FFB" w:rsidRPr="0025306B">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidR="003C4FFB" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　　</w:t>
             </w:r>
-            <w:r w:rsidR="00FB157B" w:rsidRPr="0025306B">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidR="00FB157B" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
-            <w:r w:rsidRPr="0025306B">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
-            <w:r w:rsidR="007E4CD6" w:rsidRPr="0025306B">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidR="007E4CD6" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1,</w:t>
             </w:r>
-            <w:r w:rsidR="00DE0E42" w:rsidRPr="0025306B">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidR="00145F97">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE0E42" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidR="003159D0" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>円</w:t>
             </w:r>
-            <w:r w:rsidR="00E376DB" w:rsidRPr="0025306B">
-[...47 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>を</w:t>
             </w:r>
-            <w:r w:rsidR="003159D0" w:rsidRPr="0025306B">
-[...2 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidR="003159D0" w:rsidRPr="00670D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>領収しました。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C709EC" w:rsidRPr="00670D6F" w14:paraId="0CFC8CB1" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="00C709EC" w:rsidRPr="00670D6F" w14:paraId="7FC25AB6" w14:textId="77777777" w:rsidTr="0012641A">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="267"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5395" w:type="dxa"/>
+            <w:tcW w:w="5392" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="382284F0" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00670D6F">
+          <w:p w14:paraId="2717869E" w14:textId="77777777" w:rsidR="0029169C" w:rsidRPr="00670D6F" w:rsidRDefault="0029169C" w:rsidP="0029169C">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>【お問い合わせ窓口】</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F52B106" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="009C5EA7" w:rsidP="00670D6F">
+          <w:p w14:paraId="4C94274D" w14:textId="77777777" w:rsidR="0029169C" w:rsidRPr="00670D6F" w:rsidRDefault="0029169C" w:rsidP="0029169C">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>公益財団法人21世紀職業財団　　個人情報</w:t>
-[...7 lines deleted...]
-              <w:t>保護事務局</w:t>
+              <w:t>公益財団法人21世紀職業財団　　個人情報保護事務局</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="425DF1BF" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00670D6F">
+          <w:p w14:paraId="6AB48EE2" w14:textId="77777777" w:rsidR="0029169C" w:rsidRPr="00670D6F" w:rsidRDefault="0029169C" w:rsidP="0029169C">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TEL：03-</w:t>
             </w:r>
-            <w:r w:rsidR="009C5EA7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5844</w:t>
             </w:r>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="009C5EA7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1660</w:t>
             </w:r>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">　</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="290FF991" w14:textId="6BCA8A37" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C66131" w:rsidP="00670D6F">
+          <w:p w14:paraId="2BDA731B" w14:textId="77777777" w:rsidR="0029169C" w:rsidRPr="00670D6F" w:rsidRDefault="0029169C" w:rsidP="0029169C">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>E-mail：jprivacy@jiwe.or.jp</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64E5E699" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00210A91">
+          <w:p w14:paraId="48DB4846" w14:textId="767EA813" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="0029169C" w:rsidP="0029169C">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
-              <w:spacing w:line="280" w:lineRule="exact"/>
-              <w:jc w:val="left"/>
+              <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>〒</w:t>
             </w:r>
-            <w:r w:rsidR="009C5EA7">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t>113-0033</w:t>
             </w:r>
             <w:r w:rsidRPr="00670D6F">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="zh-TW"/>
               </w:rPr>
               <w:t xml:space="preserve">　東京都</w:t>
             </w:r>
-            <w:r w:rsidR="009C5EA7">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">文京区本郷1-33-13　　　</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="zh-TW"/>
+              </w:rPr>
+              <w:t>文京区本郷1-33-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62CC5AE4" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00670D6F">
+          <w:p w14:paraId="1F708D35" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C709EC">
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>個人情報保護管理者</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2105" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2109" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54C7B877" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00670D6F">
+          <w:p w14:paraId="3BE5F3AF" w14:textId="6941EEE9" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="009218F9" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00670D6F">
-[...5 lines deleted...]
-              <w:t>開示等受付担当</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>問合せ窓口責任者</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C709EC" w:rsidRPr="00670D6F" w14:paraId="6135EB11" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="00C709EC" w:rsidRPr="00670D6F" w14:paraId="09B0F67F" w14:textId="77777777" w:rsidTr="0012641A">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="1197"/>
+          <w:trHeight w:val="945"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5395" w:type="dxa"/>
+            <w:tcW w:w="5392" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4FAE2583" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00670D6F">
+          <w:p w14:paraId="5E1EE5A9" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66E1E9CE" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00670D6F">
+          <w:p w14:paraId="625D73D0" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2105" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2109" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03D36E2A" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00670D6F">
+          <w:p w14:paraId="3630D039" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00670D6F">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C709EC" w:rsidRPr="00670D6F" w14:paraId="714C3994" w14:textId="77777777" w:rsidTr="00963239">
+      <w:tr w:rsidR="00C709EC" w:rsidRPr="00670D6F" w14:paraId="600628BD" w14:textId="77777777" w:rsidTr="0012641A">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="99" w:type="dxa"/>
             <w:right w:w="99" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5395" w:type="dxa"/>
+            <w:tcW w:w="5392" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6C87D2A6" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00C709EC">
+          <w:p w14:paraId="64ED2D2B" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00C709EC">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1870" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1869" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31A92497" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00036BA5">
+          <w:p w14:paraId="79EAABF3" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00AC783A" w:rsidRDefault="00C709EC" w:rsidP="00036BA5">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00670D6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00AC783A">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20　/　　/</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2105" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2109" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40ED791E" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00670D6F" w:rsidRDefault="00C709EC" w:rsidP="00036BA5">
+          <w:p w14:paraId="3AD3879B" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRPr="00AC783A" w:rsidRDefault="00C709EC" w:rsidP="00036BA5">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00670D6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00AC783A">
+              <w:rPr>
+                <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20　/　　/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1449E020" w14:textId="36B41964" w:rsidR="002806BF" w:rsidRPr="00D3352D" w:rsidRDefault="002806BF" w:rsidP="00C709EC">
+    <w:p w14:paraId="46DC2735" w14:textId="3FB17A92" w:rsidR="002806BF" w:rsidRPr="00D3352D" w:rsidRDefault="002806BF" w:rsidP="00670D6F">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
-          <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D3352D">
-[...70 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7127DAC1" w14:textId="34C09FC9" w:rsidR="002806BF" w:rsidRPr="00D3352D" w:rsidRDefault="002806BF" w:rsidP="00670D6F">
-[...133 lines deleted...]
-    <w:p w14:paraId="5BCB68D3" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRDefault="00C709EC" w:rsidP="00670D6F">
+    <w:p w14:paraId="06D906BB" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRDefault="00C709EC" w:rsidP="00670D6F">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25815300" w14:textId="77777777" w:rsidR="00C709EC" w:rsidRDefault="00C709EC" w:rsidP="00670D6F">
+    <w:p w14:paraId="39430F76" w14:textId="77777777" w:rsidR="008553C2" w:rsidRDefault="008553C2" w:rsidP="00670D6F">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D59F380" w14:textId="77777777" w:rsidR="002806BF" w:rsidRPr="00670D6F" w:rsidRDefault="002806BF" w:rsidP="00670D6F">
+    <w:p w14:paraId="4EE3EBAE" w14:textId="4517B337" w:rsidR="002806BF" w:rsidRDefault="002806BF" w:rsidP="00670D6F">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">＝＝＝＝　以下　</w:t>
-[...13 lines deleted...]
-        <w:t>使用欄　＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝</w:t>
+        <w:t>＝＝＝＝　以下　弊社使用欄　＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝＝</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EDF60CC" w14:textId="77777777" w:rsidR="00F714B4" w:rsidRPr="00670D6F" w:rsidRDefault="00F714B4" w:rsidP="00E16360">
+    <w:p w14:paraId="18D55173" w14:textId="77777777" w:rsidR="00FA535D" w:rsidRPr="0012641A" w:rsidRDefault="00FA535D" w:rsidP="00670D6F">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">   　　　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012641A">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>※保有個人データ等とは：保有個人情報、保有個人データ、第三者提供記録を指します</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA25715" w14:textId="77777777" w:rsidR="00F714B4" w:rsidRPr="00670D6F" w:rsidRDefault="00F714B4" w:rsidP="00E16360">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>□回答できない理由</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A915025" w14:textId="77777777" w:rsidR="00F714B4" w:rsidRPr="002161F9" w:rsidRDefault="005607B2" w:rsidP="00E16360">
+    <w:p w14:paraId="3C8CB154" w14:textId="77777777" w:rsidR="00F714B4" w:rsidRPr="00670D6F" w:rsidRDefault="00F714B4" w:rsidP="00E16360">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
-          <w:b/>
-[...56 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="43BC73B5" w14:textId="77777777" w:rsidR="00F714B4" w:rsidRPr="002161F9" w:rsidRDefault="00F714B4" w:rsidP="00E16360">
-[...59 lines deleted...]
-    <w:p w14:paraId="422E5BBB" w14:textId="77777777" w:rsidR="00F714B4" w:rsidRPr="00670D6F" w:rsidRDefault="00F714B4" w:rsidP="00E16360">
+    <w:p w14:paraId="0A8E35C0" w14:textId="4B465BA2" w:rsidR="00D50F67" w:rsidRPr="002161F9" w:rsidRDefault="00D50F67" w:rsidP="00D50F67">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
-        </w:rPr>
-      </w:pPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039610F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>法令の規定により特別の手続きが定められています。</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0781EBA1" w14:textId="77777777" w:rsidR="005607B2" w:rsidRPr="002161F9" w:rsidRDefault="005607B2" w:rsidP="00E16360">
+    <w:p w14:paraId="768248FA" w14:textId="4C9FA0A9" w:rsidR="00D50F67" w:rsidRPr="002161F9" w:rsidRDefault="00D50F67" w:rsidP="00C01AC4">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:leftChars="200" w:left="485" w:hangingChars="36" w:hanging="65"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>該当する法令：</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5683E" w:rsidRPr="002161F9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1749F023" w14:textId="77777777" w:rsidR="00D50F67" w:rsidRPr="00D50F67" w:rsidRDefault="00D50F67" w:rsidP="00E16360">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00670D6F">
-[...40 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1E393909" w14:textId="77777777" w:rsidR="003E7927" w:rsidRPr="002161F9" w:rsidRDefault="003E7927" w:rsidP="00E16360">
-[...98 lines deleted...]
-    <w:p w14:paraId="1CFAB319" w14:textId="4181C062" w:rsidR="00963239" w:rsidRPr="002161F9" w:rsidRDefault="00963239" w:rsidP="00963239">
+    <w:p w14:paraId="7C7BBB7A" w14:textId="79E69822" w:rsidR="005607B2" w:rsidRPr="002161F9" w:rsidRDefault="005607B2" w:rsidP="00E16360">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
-        <w:ind w:firstLineChars="350" w:firstLine="630"/>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0039610F" w:rsidRPr="0039610F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0039610F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="0039610F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0062237E">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00C11F95" w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67" w:rsidRPr="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>利用目的を通知しない旨を決定</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>した理由</w:t>
+      </w:r>
+      <w:r w:rsidR="00C11F95" w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509EABBC" w14:textId="77777777" w:rsidR="00C65848" w:rsidRDefault="00C65848" w:rsidP="00C65848">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002161F9">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">　http</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD23BF">
+        <w:t>a)　本人又は第三者の生命、身体、財産その他の権利利益を害するおそれがある場合</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5238271D" w14:textId="1C1E77B0" w:rsidR="00C65848" w:rsidRDefault="00C65848" w:rsidP="00C65848">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C65848">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>当社の権利又は正当な利益を害するおそれがある場合</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21DE1F0D" w14:textId="77FB92C8" w:rsidR="00C65848" w:rsidRDefault="00C65848" w:rsidP="00C65848">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">c)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C65848">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>国の機関又は地方公共団体が法令の定める事務を遂行することに対して協力する必要がある場合であって、利用目的を本人に通知し、又は公表することによって当該事務の遂行に支障を及ぼすおそれがある場合</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A36B865" w14:textId="6DEE8898" w:rsidR="0039610F" w:rsidRPr="002161F9" w:rsidRDefault="00C65848" w:rsidP="00C65848">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="0039610F" w:rsidRPr="0039610F">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0039610F">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>当社ホームページに、既に保有個人データ等利用目的を公表してい</w:t>
+      </w:r>
+      <w:r w:rsidR="00D23315">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ます</w:t>
+      </w:r>
+      <w:r w:rsidR="0039610F" w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43A66983" w14:textId="53F9620A" w:rsidR="00E16360" w:rsidRPr="002161F9" w:rsidRDefault="0039610F" w:rsidP="0039610F">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622A9497" w14:textId="460646CB" w:rsidR="00C11F95" w:rsidRPr="002161F9" w:rsidRDefault="00E16360" w:rsidP="00C11F95">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95527" w:rsidRPr="00A95527">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A95527">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95527">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95527">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00C11F95" w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>（開示</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>しない</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67" w:rsidRPr="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>旨を決定</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>した理由</w:t>
+      </w:r>
+      <w:r w:rsidR="00C11F95" w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE69701" w14:textId="77777777" w:rsidR="00AC459A" w:rsidRPr="002161F9" w:rsidRDefault="00AC459A" w:rsidP="00AC459A">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>s</w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="002161F9">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>://www.</w:t>
-[...7 lines deleted...]
-        <w:t>jiwe.or.jp/privacy</w:t>
+        <w:t>a)　本人又は第三者の生命、身体、財産その他の権利利益を害するおそれがある場合</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B57EF4" w14:textId="77777777" w:rsidR="00E16360" w:rsidRPr="002161F9" w:rsidRDefault="00E16360" w:rsidP="00E16360">
-[...348 lines deleted...]
-    <w:p w14:paraId="54830DEA" w14:textId="77777777" w:rsidR="003E7927" w:rsidRPr="00670D6F" w:rsidRDefault="003E7927" w:rsidP="00342C19">
+    <w:p w14:paraId="24976C4E" w14:textId="77777777" w:rsidR="00C65848" w:rsidRDefault="00AC459A" w:rsidP="00C65848">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:left="425" w:hangingChars="236" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>b)　当社の業務の適正な実施に著しい支障を及ぼすおそれがある場合</w:t>
       </w:r>
-      <w:r w:rsidR="00342C19" w:rsidRPr="00342C19">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="42B9AABE" w14:textId="77777777" w:rsidR="00E95A74" w:rsidRPr="00670D6F" w:rsidRDefault="003E7927" w:rsidP="00E16360">
+    <w:p w14:paraId="04E2053B" w14:textId="2FAC6E72" w:rsidR="00AC459A" w:rsidRDefault="00AC459A" w:rsidP="00C65848">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:left="425" w:hangingChars="236" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00670D6F">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>c)　法令に違反することとなる場合</w:t>
+        <w:t>c)　法令に違反する場合</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>（該当法令は1面もしくは別紙にて回答します）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D8019B" w14:textId="77777777" w:rsidR="007E4CD6" w:rsidRPr="00670D6F" w:rsidRDefault="007E4CD6" w:rsidP="00E16360">
+    <w:p w14:paraId="16934212" w14:textId="2FCA9E1C" w:rsidR="00E16360" w:rsidRPr="00A95527" w:rsidRDefault="00AC459A" w:rsidP="00E16360">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00E16360" w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)　</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95527" w:rsidRPr="00A95527">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>本人が識別される保有個人データが存在し</w:t>
+      </w:r>
+      <w:r w:rsidR="0039610F">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ません。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="480E3EA9" w14:textId="7233A344" w:rsidR="0039610F" w:rsidRDefault="00AC459A" w:rsidP="00E16360">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00E16360" w:rsidRPr="00E16360">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)　</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15EE0" w:rsidRPr="0039610F">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>全部若しくは一部について</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15EE0">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95527" w:rsidRPr="00A95527">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>本人が請求した方法による開示が困難</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15EE0">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidR="00C01AC4">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>理由は</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15EE0">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>1面もしくは別紙にて回答します）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2C466F" w14:textId="50BFFBD6" w:rsidR="0039610F" w:rsidRPr="00E16360" w:rsidRDefault="00AC459A" w:rsidP="00E16360">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="0039610F">
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+      <w:r w:rsidR="0039610F">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>社内人事考課</w:t>
+      </w:r>
+      <w:r w:rsidR="0039610F" w:rsidRPr="00C94F7B">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>に類する個人情報</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>のため、当社では開示対象としておりません</w:t>
+      </w:r>
+      <w:r w:rsidR="0039610F">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7101F99B" w14:textId="7112DF10" w:rsidR="00A95527" w:rsidRPr="00E16360" w:rsidRDefault="00A95527" w:rsidP="00E16360">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="0039610F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="64C27531" w14:textId="77777777" w:rsidR="007E4CD6" w:rsidRPr="0025306B" w:rsidRDefault="00637412" w:rsidP="00E16360">
+    <w:p w14:paraId="5649F79F" w14:textId="0BC4FE57" w:rsidR="00AD2CB3" w:rsidRPr="00570BE2" w:rsidRDefault="00637412" w:rsidP="00E16360">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637412">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637412">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95527">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95527">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95527">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="005C47BD" w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidR="00C11F95" w:rsidRPr="00570BE2">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>訂正</w:t>
+      </w:r>
+      <w:r w:rsidR="004E3CAD">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>等</w:t>
+      </w:r>
+      <w:r w:rsidR="00300E8B" w:rsidRPr="00570BE2">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>を行</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>わない</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67" w:rsidRPr="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>旨を決定</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>した理由</w:t>
+      </w:r>
+      <w:r w:rsidR="005C47BD" w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5174B489" w14:textId="5F2A850B" w:rsidR="0039610F" w:rsidRDefault="00C01AC4" w:rsidP="00C01AC4">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a)　</w:t>
+      </w:r>
+      <w:r w:rsidR="0039610F">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>理由は、1面もしくは別紙にて回答します。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10448E95" w14:textId="77777777" w:rsidR="00300E8B" w:rsidRPr="0039610F" w:rsidRDefault="00300E8B" w:rsidP="00E16360">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="311EA5B3" w14:textId="20B9716C" w:rsidR="003E7927" w:rsidRPr="002161F9" w:rsidRDefault="00637412" w:rsidP="00E16360">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95527">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95527">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95527">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="00C11F95" w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r w:rsidR="004E3CAD">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>利用停止等</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>を行わない</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67" w:rsidRPr="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>旨を決定</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>した理由</w:t>
+      </w:r>
+      <w:r w:rsidR="00C11F95" w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FC78702" w14:textId="3B02B845" w:rsidR="003E7927" w:rsidRPr="002161F9" w:rsidRDefault="003E7927" w:rsidP="00E16360">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002161F9">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a)　</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65848" w:rsidRPr="00C65848">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>当該保有個人データの利用停止等に多額の費用を要する場合</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65848">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>（代替措置は1面もしくは別紙にて回答します）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249366C4" w14:textId="32F8A38F" w:rsidR="003E7927" w:rsidRPr="00670D6F" w:rsidRDefault="003E7927" w:rsidP="00342C19">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:left="425" w:hangingChars="236" w:hanging="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b)　</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65848" w:rsidRPr="00C65848">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>本人又は第三者の生命、身体、財産その他の権利利益を害するおそれがある場合</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2528D98F" w14:textId="77777777" w:rsidR="00C65848" w:rsidRDefault="003E7927" w:rsidP="00E16360">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c)　</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65848" w:rsidRPr="00C65848">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>当社の業務の適正な実施に著しい支障を及ぼすおそれがある場合</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45DA3D9A" w14:textId="0663BB4E" w:rsidR="00E95A74" w:rsidRDefault="00C65848" w:rsidP="00E16360">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d)  </w:t>
+      </w:r>
+      <w:r w:rsidR="003E7927" w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>法令に違反する場合</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50F67">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>（該当法令は1面もしくは別紙にて回答します）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73603CE9" w14:textId="61FB01D3" w:rsidR="00D50F67" w:rsidRDefault="00D50F67" w:rsidP="00E16360">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7581E586" w14:textId="1A11B691" w:rsidR="00C01AC4" w:rsidRPr="004E3CAD" w:rsidRDefault="00AC459A" w:rsidP="00AC459A">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>---------------------------- -- ---------------------------- -- ---------------------------- --</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607A12F6" w14:textId="77777777" w:rsidR="0012641A" w:rsidRPr="00670D6F" w:rsidRDefault="0012641A" w:rsidP="00E16360">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46365549" w14:textId="77777777" w:rsidR="007E4CD6" w:rsidRPr="00670D6F" w:rsidRDefault="00637412" w:rsidP="00E16360">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
         </w:rPr>
         <w:t>■</w:t>
       </w:r>
-      <w:r w:rsidR="007E4CD6" w:rsidRPr="0025306B">
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="007E4CD6" w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
         </w:rPr>
         <w:t>手数料</w:t>
       </w:r>
-      <w:r w:rsidR="00F80888" w:rsidRPr="0025306B">
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00F80888">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
         </w:rPr>
         <w:t>（利用目的の通知、開示請求の場合のみ）</w:t>
       </w:r>
-      <w:r w:rsidR="00CE2070" w:rsidRPr="0025306B">
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00CE2070" w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
         </w:rPr>
         <w:t>を</w:t>
       </w:r>
-      <w:r w:rsidR="007E4CD6" w:rsidRPr="0025306B">
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="007E4CD6" w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
         </w:rPr>
         <w:t>金融機関</w:t>
       </w:r>
-      <w:r w:rsidR="00CE2070" w:rsidRPr="0025306B">
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00CE2070" w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
         </w:rPr>
         <w:t>からお</w:t>
       </w:r>
-      <w:r w:rsidR="007E4CD6" w:rsidRPr="0025306B">
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="007E4CD6" w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
         </w:rPr>
         <w:t>振込</w:t>
       </w:r>
-      <w:r w:rsidR="00CE2070" w:rsidRPr="0025306B">
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidR="00CE2070" w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
         </w:rPr>
         <w:t>される場合の口座：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C4666CC" w14:textId="4E821D6B" w:rsidR="007E4CD6" w:rsidRPr="0025306B" w:rsidRDefault="00C66131" w:rsidP="00F80888">
+    <w:p w14:paraId="746B3D4C" w14:textId="77777777" w:rsidR="00005598" w:rsidRPr="0025306B" w:rsidRDefault="00005598" w:rsidP="00005598">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:firstLineChars="100" w:firstLine="180"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0025306B">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...18 lines deleted...]
-        <w:t>０１６９１８８</w:t>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t>三井住友銀行　東京公務部　普通預金　０１６９１８８</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C42596" w14:textId="36461E44" w:rsidR="00C66131" w:rsidRPr="0025306B" w:rsidRDefault="007E4CD6" w:rsidP="00C66131">
+    <w:p w14:paraId="511B7821" w14:textId="77777777" w:rsidR="00005598" w:rsidRPr="0025306B" w:rsidRDefault="00005598" w:rsidP="00005598">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0025306B">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00C66131" w:rsidRPr="0025306B">
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025306B">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">　　ザイ）ニジュウイッセイキショクギョウザイダン　</w:t>
+        <w:t xml:space="preserve">ザイ）ニジュウイッセイキショクギョウザイダン　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="626D30F3" w14:textId="0CD4CD3D" w:rsidR="007E4CD6" w:rsidRDefault="00E16360" w:rsidP="00C66131">
+    <w:p w14:paraId="25DC7D01" w14:textId="77777777" w:rsidR="00005598" w:rsidRDefault="00005598" w:rsidP="00005598">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:ind w:firstLineChars="1100" w:firstLine="1980"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0025306B">
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">※　</w:t>
-[...8 lines deleted...]
-        <w:t>振込手数料はご本人負担でお願いします。</w:t>
+        <w:t>※　振込手数料はご本人負担でお願いします。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD248FE" w14:textId="77777777" w:rsidR="0025306B" w:rsidRPr="0025306B" w:rsidRDefault="0025306B" w:rsidP="00C66131">
+    <w:p w14:paraId="0671A8E4" w14:textId="77777777" w:rsidR="003E7927" w:rsidRPr="00F80888" w:rsidRDefault="003E7927" w:rsidP="00E16360">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="320" w:lineRule="exact"/>
-        <w:ind w:firstLineChars="1100" w:firstLine="1980"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...3 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C709EC">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670D6F">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F80888">
+        <w:rPr>
+          <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>以上</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="11FBB3AC" w14:textId="77777777" w:rsidR="003E7927" w:rsidRPr="00F80888" w:rsidRDefault="003E7927" w:rsidP="00E16360">
-[...85 lines deleted...]
-    <w:p w14:paraId="0028755A" w14:textId="77777777" w:rsidR="003E7927" w:rsidRPr="00670D6F" w:rsidRDefault="003E7927" w:rsidP="00670D6F">
+    <w:p w14:paraId="5168E45B" w14:textId="77777777" w:rsidR="003E7927" w:rsidRPr="00670D6F" w:rsidRDefault="003E7927" w:rsidP="00670D6F">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003E7927" w:rsidRPr="00670D6F" w:rsidSect="00F80888">
+    <w:sectPr w:rsidR="003E7927" w:rsidRPr="00670D6F" w:rsidSect="00C279BF">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="340" w:right="1133" w:bottom="709" w:left="1276" w:header="286" w:footer="320" w:gutter="0"/>
+      <w:pgMar w:top="340" w:right="1133" w:bottom="709" w:left="1276" w:header="286" w:footer="264" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F6480FC" w14:textId="77777777" w:rsidR="00BF37CD" w:rsidRDefault="00BF37CD">
+    <w:p w14:paraId="4F02875E" w14:textId="77777777" w:rsidR="00C279BF" w:rsidRDefault="00C279BF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1896EC3E" w14:textId="77777777" w:rsidR="00BF37CD" w:rsidRDefault="00BF37CD">
+    <w:p w14:paraId="13CEC591" w14:textId="77777777" w:rsidR="00C279BF" w:rsidRDefault="00C279BF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
@@ -4390,214 +4963,198 @@
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="メイリオ">
+    <w:altName w:val="Meiryo"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FFFF" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="0667CD6F" w14:textId="77777777" w:rsidR="00207A03" w:rsidRPr="00F80888" w:rsidRDefault="00DF5E6E" w:rsidP="00207A03">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="109C547B" w14:textId="56871CC2" w:rsidR="00207A03" w:rsidRPr="00F80888" w:rsidRDefault="008E6672" w:rsidP="00381754">
     <w:pPr>
       <w:pStyle w:val="a4"/>
+      <w:wordWrap w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00F80888">
+    <w:r w:rsidRPr="008E6672">
+      <w:rPr>
+        <w:rStyle w:val="a7"/>
+        <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>RA2401</w:t>
+    </w:r>
+    <w:r w:rsidR="00381754">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>34</w:t>
-[...35 lines deleted...]
-      <w:t>01</w:t>
+      <w:t>個人情報</w:t>
     </w:r>
     <w:r w:rsidR="00207A03" w:rsidRPr="00F80888">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>開示</w:t>
     </w:r>
-    <w:r w:rsidRPr="00F80888">
+    <w:r w:rsidR="00DF5E6E" w:rsidRPr="00F80888">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>等請求書</w:t>
+    </w:r>
+    <w:r w:rsidR="00381754">
+      <w:rPr>
+        <w:rStyle w:val="a7"/>
+        <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>兼回答書</w:t>
     </w:r>
     <w:r w:rsidR="00207A03" w:rsidRPr="00F80888">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ" w:hint="eastAsia"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5740BC37" w14:textId="64BB6C1D" w:rsidR="00717AD9" w:rsidRPr="00F80888" w:rsidRDefault="00717AD9" w:rsidP="00F63B6E">
+  <w:p w14:paraId="5861A08A" w14:textId="77777777" w:rsidR="00717AD9" w:rsidRPr="00F80888" w:rsidRDefault="00717AD9" w:rsidP="00F63B6E">
     <w:pPr>
       <w:pStyle w:val="a4"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F80888">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00F80888">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00F80888">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00756F30">
+    <w:r w:rsidR="0070748D" w:rsidRPr="00F80888">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00F80888">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33058947" w14:textId="77777777" w:rsidR="00BF37CD" w:rsidRDefault="00BF37CD">
+    <w:p w14:paraId="637DF279" w14:textId="77777777" w:rsidR="00C279BF" w:rsidRDefault="00C279BF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A6BA186" w14:textId="77777777" w:rsidR="00BF37CD" w:rsidRDefault="00BF37CD">
+    <w:p w14:paraId="38D676C7" w14:textId="77777777" w:rsidR="00C279BF" w:rsidRDefault="00C279BF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DF23F38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25F0D666"/>
     <w:lvl w:ilvl="0" w:tplc="DFE4B3AA">
       <w:start w:val="6"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:eastAsia="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="Times New Roman" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6066,555 +6623,597 @@
     <w:lvl w:ilvl="7" w:tplc="04090017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="aiueoFullWidth"/>
       <w:lvlText w:val="(%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3787"/>
         </w:tabs>
         <w:ind w:left="3787" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090011" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalEnclosedCircle"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4207"/>
         </w:tabs>
         <w:ind w:left="4207" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="460418293">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="174806994">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1373313086">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="419760989">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="113792540">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="2038195582">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1423796638">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1393651464">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1348404956">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="467552229">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="171724794">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1378820787">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="840"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008D50B9"/>
     <w:rsid w:val="000030A2"/>
     <w:rsid w:val="0000532D"/>
+    <w:rsid w:val="00005598"/>
     <w:rsid w:val="0001476F"/>
     <w:rsid w:val="00036BA5"/>
     <w:rsid w:val="000422CF"/>
     <w:rsid w:val="00044ADF"/>
     <w:rsid w:val="00054607"/>
     <w:rsid w:val="00067093"/>
     <w:rsid w:val="00070EAF"/>
     <w:rsid w:val="00083768"/>
     <w:rsid w:val="00086007"/>
     <w:rsid w:val="00095CC7"/>
     <w:rsid w:val="00095F57"/>
     <w:rsid w:val="000A5314"/>
     <w:rsid w:val="000B2065"/>
     <w:rsid w:val="000D4648"/>
     <w:rsid w:val="000F4B6F"/>
     <w:rsid w:val="0011621E"/>
     <w:rsid w:val="001256E9"/>
+    <w:rsid w:val="0012641A"/>
     <w:rsid w:val="0013263D"/>
+    <w:rsid w:val="00134703"/>
+    <w:rsid w:val="00145F97"/>
     <w:rsid w:val="001501D5"/>
     <w:rsid w:val="00160F84"/>
     <w:rsid w:val="001634DE"/>
     <w:rsid w:val="00172971"/>
     <w:rsid w:val="00172F35"/>
     <w:rsid w:val="001800F6"/>
     <w:rsid w:val="00190B18"/>
     <w:rsid w:val="0019369B"/>
     <w:rsid w:val="0019580C"/>
     <w:rsid w:val="001A18AD"/>
     <w:rsid w:val="001B13F5"/>
     <w:rsid w:val="001B189B"/>
     <w:rsid w:val="001B26D3"/>
     <w:rsid w:val="001B4E83"/>
     <w:rsid w:val="001B7FEA"/>
     <w:rsid w:val="001C686D"/>
     <w:rsid w:val="001D1657"/>
     <w:rsid w:val="001D364F"/>
     <w:rsid w:val="001D7A0E"/>
+    <w:rsid w:val="001E1985"/>
     <w:rsid w:val="001F1C72"/>
     <w:rsid w:val="001F27F7"/>
     <w:rsid w:val="00207A03"/>
-    <w:rsid w:val="00210A91"/>
     <w:rsid w:val="00212014"/>
     <w:rsid w:val="00212C0B"/>
     <w:rsid w:val="002161F9"/>
     <w:rsid w:val="0022336A"/>
     <w:rsid w:val="0023763A"/>
     <w:rsid w:val="002404FD"/>
     <w:rsid w:val="00240664"/>
     <w:rsid w:val="00246632"/>
+    <w:rsid w:val="002479CC"/>
     <w:rsid w:val="00251E3F"/>
     <w:rsid w:val="00252338"/>
-    <w:rsid w:val="0025306B"/>
     <w:rsid w:val="002806BF"/>
+    <w:rsid w:val="0029169C"/>
     <w:rsid w:val="002A4DA7"/>
     <w:rsid w:val="002B7B1F"/>
     <w:rsid w:val="002C14A5"/>
     <w:rsid w:val="002C76B6"/>
     <w:rsid w:val="002E4ECF"/>
     <w:rsid w:val="002E7B42"/>
     <w:rsid w:val="00300E8B"/>
     <w:rsid w:val="003017E3"/>
     <w:rsid w:val="00305C3E"/>
     <w:rsid w:val="003159D0"/>
     <w:rsid w:val="00332567"/>
     <w:rsid w:val="00336452"/>
     <w:rsid w:val="00342C19"/>
     <w:rsid w:val="00345981"/>
     <w:rsid w:val="003514DC"/>
     <w:rsid w:val="00351E6B"/>
     <w:rsid w:val="003566E3"/>
+    <w:rsid w:val="00381754"/>
     <w:rsid w:val="00382E50"/>
     <w:rsid w:val="00385899"/>
+    <w:rsid w:val="0039610F"/>
     <w:rsid w:val="003B676E"/>
     <w:rsid w:val="003C4FFB"/>
     <w:rsid w:val="003C7362"/>
     <w:rsid w:val="003D3B0B"/>
     <w:rsid w:val="003D5366"/>
     <w:rsid w:val="003E7927"/>
     <w:rsid w:val="00406E96"/>
     <w:rsid w:val="004122A9"/>
     <w:rsid w:val="00415886"/>
     <w:rsid w:val="00417779"/>
     <w:rsid w:val="004568F6"/>
     <w:rsid w:val="00481F10"/>
     <w:rsid w:val="00493529"/>
     <w:rsid w:val="004A1C27"/>
     <w:rsid w:val="004A3EBC"/>
     <w:rsid w:val="004D06E1"/>
     <w:rsid w:val="004D158C"/>
     <w:rsid w:val="004E37B9"/>
+    <w:rsid w:val="004E3CAD"/>
     <w:rsid w:val="004E4DA7"/>
     <w:rsid w:val="004F575E"/>
     <w:rsid w:val="004F5952"/>
+    <w:rsid w:val="00503725"/>
     <w:rsid w:val="00515F2F"/>
     <w:rsid w:val="005164F5"/>
     <w:rsid w:val="00525BAB"/>
     <w:rsid w:val="005333BC"/>
     <w:rsid w:val="005607B2"/>
     <w:rsid w:val="00561552"/>
     <w:rsid w:val="00564865"/>
     <w:rsid w:val="0056662E"/>
     <w:rsid w:val="00570BE2"/>
     <w:rsid w:val="00595416"/>
     <w:rsid w:val="00596B2B"/>
     <w:rsid w:val="005A4105"/>
+    <w:rsid w:val="005C47BD"/>
     <w:rsid w:val="005C7BB2"/>
     <w:rsid w:val="005E5C17"/>
     <w:rsid w:val="005F09E5"/>
     <w:rsid w:val="005F41B2"/>
     <w:rsid w:val="005F636E"/>
     <w:rsid w:val="00620D20"/>
     <w:rsid w:val="0062161A"/>
+    <w:rsid w:val="0062237E"/>
     <w:rsid w:val="00637412"/>
     <w:rsid w:val="00637EF6"/>
     <w:rsid w:val="006571BA"/>
     <w:rsid w:val="00657EBE"/>
     <w:rsid w:val="00663FA3"/>
     <w:rsid w:val="00670D6F"/>
+    <w:rsid w:val="00685A98"/>
     <w:rsid w:val="006877D6"/>
     <w:rsid w:val="006A1B3F"/>
     <w:rsid w:val="006D26A6"/>
+    <w:rsid w:val="006E4A7D"/>
+    <w:rsid w:val="006E535B"/>
     <w:rsid w:val="006F25F2"/>
     <w:rsid w:val="006F3642"/>
     <w:rsid w:val="006F4818"/>
     <w:rsid w:val="006F486E"/>
     <w:rsid w:val="006F5BCB"/>
     <w:rsid w:val="006F68A7"/>
     <w:rsid w:val="0070748D"/>
     <w:rsid w:val="00717AD9"/>
     <w:rsid w:val="00727440"/>
     <w:rsid w:val="0073072B"/>
     <w:rsid w:val="00734379"/>
     <w:rsid w:val="007419B4"/>
     <w:rsid w:val="00742DC9"/>
     <w:rsid w:val="007452D8"/>
     <w:rsid w:val="00753FF3"/>
-    <w:rsid w:val="00756F30"/>
     <w:rsid w:val="0076358D"/>
     <w:rsid w:val="00776626"/>
     <w:rsid w:val="007823FB"/>
     <w:rsid w:val="007A0CD2"/>
     <w:rsid w:val="007A1D05"/>
     <w:rsid w:val="007D1825"/>
     <w:rsid w:val="007D578B"/>
     <w:rsid w:val="007E4CD6"/>
     <w:rsid w:val="007F24E2"/>
     <w:rsid w:val="007F2AF6"/>
     <w:rsid w:val="007F6191"/>
     <w:rsid w:val="00804414"/>
     <w:rsid w:val="00830B13"/>
     <w:rsid w:val="00833CA4"/>
     <w:rsid w:val="00833FB8"/>
     <w:rsid w:val="00851886"/>
     <w:rsid w:val="00851A49"/>
+    <w:rsid w:val="008553C2"/>
     <w:rsid w:val="0086113E"/>
+    <w:rsid w:val="008652F8"/>
     <w:rsid w:val="00873C87"/>
     <w:rsid w:val="008767F7"/>
     <w:rsid w:val="0088548A"/>
     <w:rsid w:val="00894301"/>
+    <w:rsid w:val="008A7161"/>
     <w:rsid w:val="008C21BA"/>
     <w:rsid w:val="008D343C"/>
     <w:rsid w:val="008D50B9"/>
     <w:rsid w:val="008D6029"/>
+    <w:rsid w:val="008E6672"/>
     <w:rsid w:val="009006D6"/>
     <w:rsid w:val="00901053"/>
     <w:rsid w:val="0092026B"/>
     <w:rsid w:val="009214A0"/>
+    <w:rsid w:val="009218F9"/>
     <w:rsid w:val="009361C8"/>
     <w:rsid w:val="009376DA"/>
     <w:rsid w:val="00955B76"/>
     <w:rsid w:val="00963239"/>
     <w:rsid w:val="00963610"/>
     <w:rsid w:val="00967909"/>
     <w:rsid w:val="00971D26"/>
     <w:rsid w:val="00975E5D"/>
     <w:rsid w:val="0098598B"/>
     <w:rsid w:val="0099160D"/>
     <w:rsid w:val="0099503F"/>
     <w:rsid w:val="00997A69"/>
     <w:rsid w:val="009A0D74"/>
     <w:rsid w:val="009A2447"/>
     <w:rsid w:val="009A697F"/>
+    <w:rsid w:val="009B044F"/>
     <w:rsid w:val="009B2C12"/>
     <w:rsid w:val="009B4323"/>
     <w:rsid w:val="009C457E"/>
-    <w:rsid w:val="009C5EA7"/>
     <w:rsid w:val="009C71B1"/>
     <w:rsid w:val="009D1411"/>
+    <w:rsid w:val="009D52B7"/>
     <w:rsid w:val="009E69CF"/>
     <w:rsid w:val="009E7558"/>
     <w:rsid w:val="009F0005"/>
     <w:rsid w:val="009F4956"/>
     <w:rsid w:val="00A00C59"/>
     <w:rsid w:val="00A01342"/>
     <w:rsid w:val="00A02D64"/>
     <w:rsid w:val="00A117E9"/>
     <w:rsid w:val="00A1482E"/>
+    <w:rsid w:val="00A165B4"/>
     <w:rsid w:val="00A1756E"/>
     <w:rsid w:val="00A217AD"/>
     <w:rsid w:val="00A23D8D"/>
     <w:rsid w:val="00A25C1B"/>
+    <w:rsid w:val="00A30A62"/>
     <w:rsid w:val="00A35888"/>
     <w:rsid w:val="00A41ED0"/>
     <w:rsid w:val="00A466BA"/>
     <w:rsid w:val="00A8566F"/>
+    <w:rsid w:val="00A95527"/>
     <w:rsid w:val="00A9619B"/>
+    <w:rsid w:val="00AA02BA"/>
     <w:rsid w:val="00AA0D64"/>
     <w:rsid w:val="00AA0EEE"/>
     <w:rsid w:val="00AB4F01"/>
+    <w:rsid w:val="00AC459A"/>
+    <w:rsid w:val="00AC783A"/>
     <w:rsid w:val="00AD2CB3"/>
     <w:rsid w:val="00AD45CA"/>
     <w:rsid w:val="00AD4B7E"/>
     <w:rsid w:val="00AD5F89"/>
     <w:rsid w:val="00AE3343"/>
     <w:rsid w:val="00AE3966"/>
     <w:rsid w:val="00AF3F25"/>
     <w:rsid w:val="00B13B4A"/>
+    <w:rsid w:val="00B15EE0"/>
     <w:rsid w:val="00B17B13"/>
     <w:rsid w:val="00B22C36"/>
     <w:rsid w:val="00B23505"/>
     <w:rsid w:val="00B23947"/>
     <w:rsid w:val="00B275BF"/>
+    <w:rsid w:val="00B372D4"/>
+    <w:rsid w:val="00B4737C"/>
     <w:rsid w:val="00B70576"/>
     <w:rsid w:val="00B878A0"/>
-    <w:rsid w:val="00B95E23"/>
+    <w:rsid w:val="00B95783"/>
     <w:rsid w:val="00BA2B83"/>
     <w:rsid w:val="00BB4E1C"/>
     <w:rsid w:val="00BD0F02"/>
     <w:rsid w:val="00BD131F"/>
     <w:rsid w:val="00BE2FB5"/>
     <w:rsid w:val="00BE64AC"/>
     <w:rsid w:val="00BF37CD"/>
     <w:rsid w:val="00C00D4C"/>
+    <w:rsid w:val="00C01AC4"/>
     <w:rsid w:val="00C020AA"/>
     <w:rsid w:val="00C11F95"/>
     <w:rsid w:val="00C14EB2"/>
     <w:rsid w:val="00C2159B"/>
+    <w:rsid w:val="00C279BF"/>
     <w:rsid w:val="00C27DAC"/>
     <w:rsid w:val="00C334EE"/>
     <w:rsid w:val="00C4657C"/>
     <w:rsid w:val="00C560E8"/>
     <w:rsid w:val="00C6013C"/>
+    <w:rsid w:val="00C65848"/>
     <w:rsid w:val="00C6593A"/>
-    <w:rsid w:val="00C66131"/>
     <w:rsid w:val="00C709EC"/>
     <w:rsid w:val="00C7712B"/>
+    <w:rsid w:val="00C83E18"/>
     <w:rsid w:val="00C87400"/>
+    <w:rsid w:val="00C94F7B"/>
     <w:rsid w:val="00CA3D0C"/>
     <w:rsid w:val="00CB01D3"/>
+    <w:rsid w:val="00CC07FB"/>
     <w:rsid w:val="00CD278F"/>
     <w:rsid w:val="00CD41BE"/>
     <w:rsid w:val="00CE2070"/>
     <w:rsid w:val="00CF7E88"/>
+    <w:rsid w:val="00D23315"/>
     <w:rsid w:val="00D267A9"/>
     <w:rsid w:val="00D311A5"/>
     <w:rsid w:val="00D3352D"/>
     <w:rsid w:val="00D34D30"/>
     <w:rsid w:val="00D435C4"/>
+    <w:rsid w:val="00D50F67"/>
     <w:rsid w:val="00D7486F"/>
     <w:rsid w:val="00D751F1"/>
     <w:rsid w:val="00D8559C"/>
     <w:rsid w:val="00D92FA6"/>
     <w:rsid w:val="00D940BC"/>
     <w:rsid w:val="00D97940"/>
     <w:rsid w:val="00DA00B4"/>
     <w:rsid w:val="00DC1303"/>
     <w:rsid w:val="00DC6399"/>
     <w:rsid w:val="00DD2688"/>
     <w:rsid w:val="00DD6C2A"/>
     <w:rsid w:val="00DD7B63"/>
     <w:rsid w:val="00DE0E42"/>
     <w:rsid w:val="00DE1760"/>
     <w:rsid w:val="00DE2DE4"/>
     <w:rsid w:val="00DF16D6"/>
     <w:rsid w:val="00DF5E6E"/>
     <w:rsid w:val="00E03E69"/>
     <w:rsid w:val="00E101E6"/>
     <w:rsid w:val="00E13E2E"/>
     <w:rsid w:val="00E15BE6"/>
     <w:rsid w:val="00E16360"/>
     <w:rsid w:val="00E22BD2"/>
     <w:rsid w:val="00E345D6"/>
     <w:rsid w:val="00E376DB"/>
     <w:rsid w:val="00E47BCC"/>
     <w:rsid w:val="00E536BA"/>
     <w:rsid w:val="00E657A2"/>
     <w:rsid w:val="00E74741"/>
     <w:rsid w:val="00E77D16"/>
     <w:rsid w:val="00E837FC"/>
     <w:rsid w:val="00E95A74"/>
     <w:rsid w:val="00EB5C1D"/>
+    <w:rsid w:val="00ED40DC"/>
     <w:rsid w:val="00EE389D"/>
     <w:rsid w:val="00EE65FA"/>
     <w:rsid w:val="00EF0097"/>
     <w:rsid w:val="00F037E0"/>
     <w:rsid w:val="00F11340"/>
     <w:rsid w:val="00F12F3F"/>
     <w:rsid w:val="00F219C9"/>
-    <w:rsid w:val="00F24998"/>
+    <w:rsid w:val="00F24CB3"/>
     <w:rsid w:val="00F24DBC"/>
     <w:rsid w:val="00F27CB9"/>
     <w:rsid w:val="00F35F59"/>
     <w:rsid w:val="00F5327F"/>
+    <w:rsid w:val="00F5683E"/>
     <w:rsid w:val="00F62F4B"/>
     <w:rsid w:val="00F63B6E"/>
     <w:rsid w:val="00F67417"/>
     <w:rsid w:val="00F714B4"/>
     <w:rsid w:val="00F71ED7"/>
     <w:rsid w:val="00F7629C"/>
     <w:rsid w:val="00F80888"/>
     <w:rsid w:val="00F93073"/>
     <w:rsid w:val="00F94346"/>
+    <w:rsid w:val="00FA535D"/>
     <w:rsid w:val="00FB157B"/>
     <w:rsid w:val="00FD23BF"/>
     <w:rsid w:val="00FD369B"/>
     <w:rsid w:val="00FE0813"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241">
+    <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7BC0FB8C"/>
+  <w14:docId w14:val="52685C7F"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -6787,50 +7386,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00596B2B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="007A0CD2"/>
     <w:pPr>
       <w:ind w:leftChars="135" w:left="283"/>
       <w:outlineLvl w:val="0"/>
@@ -6977,51 +7581,51 @@
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
     <w:name w:val="ａ）"/>
     <w:basedOn w:val="a"/>
     <w:qFormat/>
     <w:rsid w:val="00670D6F"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:ind w:left="425" w:hangingChars="236" w:hanging="425"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="メイリオ" w:eastAsia="メイリオ" w:hAnsi="メイリオ"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1533614627">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
@@ -7273,87 +7877,87 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E94C61B-2927-44ED-87F0-545946B2C4E4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B918AFE-3B3E-A948-9127-CFE68A3760E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1780</Words>
-  <Characters>565</Characters>
+  <Words>1766</Words>
+  <Characters>2005</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>143</Lines>
+  <Paragraphs>94</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2341</CharactersWithSpaces>
+  <CharactersWithSpaces>2235</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>1152009255</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">